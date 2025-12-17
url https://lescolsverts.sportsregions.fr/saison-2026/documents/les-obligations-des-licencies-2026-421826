--- v0 (2025-10-10)
+++ v1 (2025-12-17)
@@ -1,1068 +1,188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="36E9C680" w14:textId="77777777" w:rsidR="00E1203A" w:rsidRPr="0009211B" w:rsidRDefault="00E1203A" w:rsidP="00E1203A">
-[...3 lines deleted...]
-        <w:outlineLvl w:val="1"/>
+    <w:p w14:paraId="4E6BDAF0" w14:textId="1E7F3CD7" w:rsidR="00051016" w:rsidRDefault="00B604A7">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
-[...527 lines deleted...]
-          <w:rFonts w:ascii="Helvetica" w:eastAsia="Times New Roman" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:noProof/>
-          <w:color w:val="0000FF"/>
-[...4 lines deleted...]
-          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1926ACDE" wp14:editId="29806136">
-            <wp:extent cx="7743825" cy="3929791"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="124DD255" wp14:editId="7F513EDB">
+            <wp:extent cx="9215794" cy="4676775"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2" name="Image 2">
-[...1 lines deleted...]
-            </wp:docPr>
+            <wp:docPr id="3" name="Image 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2">
-[...1 lines deleted...]
-                    </pic:cNvPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7911217" cy="4014738"/>
+                      <a:ext cx="9239264" cy="4688685"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00E1203A" w:rsidRPr="0009211B" w:rsidSect="00E1203A">
+    <w:sectPr w:rsidR="00051016" w:rsidSect="00B604A7">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="284" w:right="568" w:bottom="284" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Helvetica">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...307 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E1203A"/>
+    <w:rsidRoot w:val="00B604A7"/>
     <w:rsid w:val="00051016"/>
     <w:rsid w:val="004D4E15"/>
-    <w:rsid w:val="00B6122B"/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00860688"/>
+    <w:rsid w:val="00B604A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="59A57D01"/>
+  <w14:docId w14:val="52C0A9CC"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{DF9ACE2A-2BC8-40E1-B4FC-2C759FC5848B}"/>
+  <w15:docId w15:val="{D9E2DA97-20A4-45F1-9693-3E810226F093}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -1422,579 +542,580 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre2Car"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre3Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre4Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre5Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre6Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre7Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre8Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
     <w:name w:val="Titre 1 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
     <w:name w:val="Titre 2 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E1203A"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
     <w:name w:val="Titre 3 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
     <w:name w:val="Titre 4 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre5Car">
     <w:name w:val="Titre 5 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre6Car">
     <w:name w:val="Titre 6 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre7Car">
     <w:name w:val="Titre 7 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre8Car">
     <w:name w:val="Titre 8 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre9Car">
     <w:name w:val="Titre 9 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitreCar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitreCar">
     <w:name w:val="Titre Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sous-titre">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Sous-titreCar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Sous-titreCar">
     <w:name w:val="Sous-titre Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Sous-titre"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citation">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitationCar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitationCar">
     <w:name w:val="Citation Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Citation"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Accentuationintense">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citationintense">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CitationintenseCar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitationintenseCar">
     <w:name w:val="Citation intense Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Citationintense"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rfrenceintense">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00E1203A"/>
+    <w:rsid w:val="00B604A7"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://contenu-informatif.ffam.asso.fr/wp-content/uploads/2023/09/recap-reglementation-2023-9-1.png" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formation-telepilote.aviation-civile.gouv.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2241,54 +1362,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>216</Words>
-  <Characters>1192</Characters>
+  <Words>0</Words>
+  <Characters>1</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>1</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1406</CharactersWithSpaces>
+  <CharactersWithSpaces>1</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>jacky gohe</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>